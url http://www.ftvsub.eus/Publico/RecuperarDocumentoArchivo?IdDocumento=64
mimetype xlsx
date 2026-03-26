--- v0 (2025-11-05)
+++ v1 (2026-03-26)
@@ -8,82 +8,81 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="21601"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Usuario\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3950A8F0-6909-44EA-B492-C04D7D2EA989}" xr6:coauthVersionLast="43" xr6:coauthVersionMax="43" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A40C8569-68F7-4EEB-8EB7-1C6A4D0F31B3}" xr6:coauthVersionLast="43" xr6:coauthVersionMax="43" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2340" yWindow="2340" windowWidth="16200" windowHeight="9240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="21840" windowHeight="12810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
     <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="ERNESTO SALAZAR - Vista personalizada" guid="{9B62EBC0-00AA-11D6-993F-CA10B273B042}" mergeInterval="0" personalView="1" maximized="1" windowWidth="796" windowHeight="437" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D7" i="1" l="1"/>
   <c r="D10" i="1" l="1"/>
   <c r="D13" i="1"/>
   <c r="D12" i="1"/>
   <c r="D11" i="1"/>
   <c r="D8" i="1" l="1"/>
-  <c r="D9" i="1"/>
   <c r="D14" i="1"/>
   <c r="D15" i="1"/>
   <c r="D16" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
   <si>
     <t>PRODUCTO</t>
   </si>
   <si>
     <t>CANTIDAD</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>F.T.V.A.S.</t>
   </si>
   <si>
     <t>En Bilbao a</t>
@@ -109,51 +108,51 @@
   <si>
     <t>LICENCIA-INDEPENDIENTE+GTOS GESTION ---PESCA SUB-23---</t>
   </si>
   <si>
     <t>LICENCIA-DUPLICADO</t>
   </si>
   <si>
     <t>TITULO-RENOVACION</t>
   </si>
   <si>
     <t>LICENCIA-INFANTIL MENOR DE 14 AÑOS</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>CUENTA DE INGRESO BBK    ES  06 2095  0041  00 9101289024</t>
   </si>
   <si>
     <t>LICENCIA-DEPORTISTAS/TECNICOS DESDE 01/09/AA</t>
   </si>
   <si>
     <t>LICENCIA-INDEPENDIENTE DESDE 01/09</t>
   </si>
   <si>
-    <t>de 2025</t>
+    <t>de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$€-1]_-;\-* #,##0.00\ [$€-1]_-;_-* &quot;-&quot;??\ [$€-1]_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -877,71 +876,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+      <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="57" style="7" customWidth="1"/>
     <col min="2" max="2" width="9.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" style="7" customWidth="1"/>
     <col min="4" max="4" width="11.140625" style="7" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="28" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="9"/>
       <c r="D1" s="27">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="16" t="s">
@@ -955,83 +954,80 @@
         <v>0</v>
       </c>
       <c r="B5" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="31" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="35"/>
       <c r="C6" s="35"/>
       <c r="D6" s="36"/>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="37" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="12">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="14">
         <f t="shared" ref="D7:D15" si="0">(B7*C7)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>60</v>
       </c>
       <c r="C9" s="17"/>
-      <c r="D9" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="D9" s="18"/>
     </row>
     <row r="10" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>50</v>
       </c>
       <c r="C10" s="17"/>
       <c r="D10" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="11">
         <v>15</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="30">
         <f t="shared" si="0"/>
         <v>0</v>